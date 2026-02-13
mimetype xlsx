--- v0 (2025-10-06)
+++ v1 (2026-02-13)
@@ -2,574 +2,566 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24729"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\_firmensport\SEMS_2022_org\Ausschreibung Anmeldung Formular SEMS2022\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FREIZEIT\VEREINE Niels\Kegeln\_firmensport\SEMS\SEMS_2026_org\Ausschreibung Einladung Anmeldeformular SEMS 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21BF8ADC-DEE3-413D-8DC3-198DC9BED70D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54BACE86-9220-4F5F-8536-32B2F2A625EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2430" yWindow="4995" windowWidth="30465" windowHeight="16905" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="57840" windowHeight="23520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$I$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$H$22</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentManualCount="7"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Name, Vorname</t>
   </si>
   <si>
     <t>Kat.</t>
   </si>
   <si>
     <t>Geb. Dat.</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Mannschaft</t>
   </si>
   <si>
     <t>Firma/</t>
   </si>
   <si>
-    <t>M</t>
-[...4 lines deleted...]
-  <si>
     <t>Startzeit</t>
   </si>
   <si>
     <t xml:space="preserve">                                           Kegelsporthalle Allmend, Luzern</t>
   </si>
   <si>
+    <t>bitte 
+ankreuzen</t>
+  </si>
+  <si>
+    <t>Bitte die Anmeldung per Post oder per E-Mail senden an:</t>
+  </si>
+  <si>
+    <t>Niels Kessler, im Feld 30, 8926 Kappel</t>
+  </si>
+  <si>
+    <t>anmeldung@sems2026.ch</t>
+  </si>
+  <si>
+    <t>Anmeldeformular SEMS 2026, Luzern</t>
+  </si>
+  <si>
+    <t>Mannschafts-wertung</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-      <t>Anmeldeformular SEMS 2020, Luzern</t>
+      <t xml:space="preserve">Wichtig: </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="18"/>
+        <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>Für Mannschaftswertung zählende ankreuzen</t>
     </r>
-    <r>
-[...27 lines deleted...]
-    <t>anmeldung@sems2022.ch</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="18"/>
-[...4 lines deleted...]
-      <b/>
       <sz val="19"/>
-      <name val="Arial"/>
-[...11 lines deleted...]
-      <color theme="0" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="10"/>
+      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...20 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...8 lines deleted...]
-      <right style="thin">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...69 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="centerContinuous" vertical="center"/>
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.PNG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>2295525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>581025</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1107" name="Bild 1" descr="SFFS-Logo_briefkopf">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C1CAA47-3C4E-4EF3-B36E-C3D26CABF13B}"/>
             </a:ext>
           </a:extLst>
@@ -604,61 +596,61 @@
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>22</xdr:row>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>853965</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>438150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1108" name="Grafik 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1CE5B93-7B15-4725-A520-474D99367666}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -686,211 +678,211 @@
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>314325</xdr:colOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>775138</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>619125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1109" name="Bild 2" descr="SO_3_10_cmyk">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF3CF2E-5620-49CD-9A82-345EC6A0D236}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7181850" y="190500"/>
-          <a:ext cx="1971675" cy="428625"/>
+          <a:off x="7186777" y="190500"/>
+          <a:ext cx="1668189" cy="428625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>2114550</xdr:colOff>
+      <xdr:colOff>1794970</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>651246</xdr:rowOff>
+      <xdr:rowOff>646631</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>454522</xdr:colOff>
+      <xdr:colOff>435194</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>142875</xdr:rowOff>
+      <xdr:rowOff>125231</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Grafik 6" descr="Ein Bild, das Tisch enthält.&#10;&#10;Automatisch generierte Beschreibung">
+        <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D9A5B6-E0F9-43A8-80BE-3FB023CC67B6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57CE2F29-F545-85F5-C4F2-DAD2AA48126B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2114550" y="651246"/>
-          <a:ext cx="2264272" cy="606054"/>
+          <a:off x="1794970" y="646631"/>
+          <a:ext cx="2563333" cy="591834"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -952,51 +944,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1094,373 +1086,336 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anmeldung@sems2022.ch" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anmeldung@sems2026.ch?subject=Kegler%20Anmeldung%20Einzeln%20und%20Mannschaft%20SEMS%202026" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M3" sqref="M3"/>
+    <sheetView tabSelected="1" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
+      <selection activeCell="J7" sqref="J7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.140625" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="6.28515625" customWidth="1"/>
     <col min="4" max="4" width="26" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" customWidth="1"/>
     <col min="7" max="7" width="14.7109375" customWidth="1"/>
-    <col min="8" max="9" width="6.42578125" customWidth="1"/>
+    <col min="8" max="8" width="14.28515625" style="15" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:8" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="3"/>
-      <c r="H1" s="7"/>
-[...2 lines deleted...]
-    <row r="2" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H1" s="14"/>
+    </row>
+    <row r="2" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
-      <c r="H2" s="3"/>
-[...5 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="H2" s="14"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="9" t="s">
+      <c r="C4" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="9" t="s">
+      <c r="D4" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="10" t="s">
+      <c r="G4" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="17" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="9"/>
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="25" t="s">
-[...187 lines deleted...]
-      <c r="A21" s="1"/>
+    </row>
+    <row r="6" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="19"/>
+      <c r="B6" s="20"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="21"/>
+      <c r="H6" s="25"/>
+    </row>
+    <row r="7" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="19"/>
+      <c r="B7" s="20"/>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="21"/>
+      <c r="H7" s="26"/>
+    </row>
+    <row r="8" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="19"/>
+      <c r="B8" s="20"/>
+      <c r="C8" s="20"/>
+      <c r="D8" s="20"/>
+      <c r="E8" s="20"/>
+      <c r="F8" s="20"/>
+      <c r="G8" s="21"/>
+      <c r="H8" s="26"/>
+    </row>
+    <row r="9" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
+      <c r="B9" s="20"/>
+      <c r="C9" s="20"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="26"/>
+    </row>
+    <row r="10" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
+      <c r="C10" s="20"/>
+      <c r="D10" s="20"/>
+      <c r="E10" s="20"/>
+      <c r="F10" s="20"/>
+      <c r="G10" s="21"/>
+      <c r="H10" s="26"/>
+    </row>
+    <row r="11" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="19"/>
+      <c r="B11" s="20"/>
+      <c r="C11" s="20"/>
+      <c r="D11" s="20"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="20"/>
+      <c r="G11" s="21"/>
+      <c r="H11" s="26"/>
+    </row>
+    <row r="12" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="19"/>
+      <c r="B12" s="20"/>
+      <c r="C12" s="20"/>
+      <c r="D12" s="20"/>
+      <c r="E12" s="20"/>
+      <c r="F12" s="20"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="26"/>
+    </row>
+    <row r="13" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="19"/>
+      <c r="B13" s="20"/>
+      <c r="C13" s="20"/>
+      <c r="D13" s="20"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="20"/>
+      <c r="G13" s="21"/>
+      <c r="H13" s="26"/>
+    </row>
+    <row r="14" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="19"/>
+      <c r="B14" s="20"/>
+      <c r="C14" s="20"/>
+      <c r="D14" s="20"/>
+      <c r="E14" s="20"/>
+      <c r="F14" s="20"/>
+      <c r="G14" s="21"/>
+      <c r="H14" s="26"/>
+    </row>
+    <row r="15" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="19"/>
+      <c r="B15" s="20"/>
+      <c r="C15" s="20"/>
+      <c r="D15" s="20"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="20"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="26"/>
+    </row>
+    <row r="16" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="19"/>
+      <c r="B16" s="20"/>
+      <c r="C16" s="20"/>
+      <c r="D16" s="20"/>
+      <c r="E16" s="20"/>
+      <c r="F16" s="20"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="26"/>
+    </row>
+    <row r="17" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="19"/>
+      <c r="B17" s="20"/>
+      <c r="C17" s="20"/>
+      <c r="D17" s="20"/>
+      <c r="E17" s="20"/>
+      <c r="F17" s="20"/>
+      <c r="G17" s="21"/>
+      <c r="H17" s="26"/>
+    </row>
+    <row r="18" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="19"/>
+      <c r="B18" s="20"/>
+      <c r="C18" s="20"/>
+      <c r="D18" s="20"/>
+      <c r="E18" s="20"/>
+      <c r="F18" s="20"/>
+      <c r="G18" s="21"/>
+      <c r="H18" s="26"/>
+    </row>
+    <row r="19" spans="1:8" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="22"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="27"/>
+    </row>
+    <row r="20" spans="1:8" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="16"/>
+    </row>
+    <row r="21" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>10</v>
+      </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
-      <c r="D21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
-      <c r="G21" s="1"/>
-[...6 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="G21" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="16"/>
+    </row>
+    <row r="22" spans="1:8" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="1"/>
-[...22 lines deleted...]
-      <c r="I23" s="24"/>
+      <c r="B22" s="5"/>
+      <c r="C22" s="5"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="16"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QUfgVEWQAl205zse7k4UoTV3bXN7cNuzuKWGiEdslgGjfzJfmIzVVW0cmyyrsxgJNyygZoYC2SJt+G8g6BdAUQ==" saltValue="CpxAlA5jG+tSD32Kre5Akg==" spinCount="100000" sheet="1" formatCells="0" insertHyperlinks="0" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wyMEzDGh2kM+2qrG1TWfzI2Y2TOZF4JDVhbcV8J0LeeMlQ4iNW/P56mVPqhePuFNmEO0iaGTmWMJM5F2NgigIQ==" saltValue="STSobgddAyHBUpaZBNDWIA==" spinCount="100000" sheet="1" objects="1" formatCells="0" insertHyperlinks="0" sort="0" autoFilter="0"/>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G22" r:id="rId1" xr:uid="{7F333D58-1F24-46DA-B8BC-12B65678C698}"/>
+    <hyperlink ref="G21" r:id="rId1" xr:uid="{8D129C5E-1BD1-4BE8-9D07-FB9E31AF9115}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.35433070866141736" bottom="0.35433070866141736" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="99" orientation="landscape" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>